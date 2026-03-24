--- v0 (2025-12-23)
+++ v1 (2026-03-24)
@@ -1921,67 +1921,103 @@
           <w:p w14:paraId="6DDD5C6B" w14:textId="77777777" w:rsidR="00C67C74" w:rsidRPr="00A2442C" w:rsidRDefault="00C67C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB0876" w:rsidRPr="00A2442C" w14:paraId="166410C1" w14:textId="77777777" w:rsidTr="006B0DD0">
         <w:trPr>
           <w:trHeight w:val="249"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B3B3B3"/>
           </w:tcPr>
-          <w:p w14:paraId="1618BDC2" w14:textId="77777777" w:rsidR="00855CF1" w:rsidRPr="00855CF1" w:rsidRDefault="00855CF1" w:rsidP="00BD3688">
+          <w:p w14:paraId="1618BDC2" w14:textId="0605C851" w:rsidR="00855CF1" w:rsidRPr="00855CF1" w:rsidRDefault="00855CF1" w:rsidP="00BD3688">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>12.00 – 13.30 Uhr</w:t>
+              <w:t>12.00 – 1</w:t>
+            </w:r>
+            <w:r w:rsidR="001B1F2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="001B1F2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00855CF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3859" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B3B3B3"/>
           </w:tcPr>
           <w:p w14:paraId="4E3476F8" w14:textId="77777777" w:rsidR="00855CF1" w:rsidRPr="00855CF1" w:rsidRDefault="00855CF1" w:rsidP="00BD3688">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -1990,296 +2026,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Mittagsschlaf - Ruhezeit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B3B3B3"/>
           </w:tcPr>
           <w:p w14:paraId="4DC4EA79" w14:textId="77777777" w:rsidR="00855CF1" w:rsidRPr="000F7550" w:rsidRDefault="00855CF1" w:rsidP="00BD3688">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...244 lines deleted...]
-                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C67C74" w:rsidRPr="00A2442C" w14:paraId="2876CACD" w14:textId="77777777" w:rsidTr="006B0DD0">
         <w:trPr>
           <w:trHeight w:val="281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2526" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1BEBC5C5" w14:textId="77777777" w:rsidR="00666094" w:rsidRPr="00855CF1" w:rsidRDefault="00666094" w:rsidP="005D3FB1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00855CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -5958,80 +5748,81 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="872571327">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="t8kohYOZnRXgo8IyDwzTdJgwmFIM0YlJlcnd/0OjwG41gv43c6sQUPnEDNnVzHh7Eaur0s/XwFiJim/RZkgr5w==" w:salt="hvjuFw8eHdl65Za7bB01SA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="g/D38IauROkOS+fZ+7jT1bqV2651SsCntwruM5VCk+DkaF+BAPYkFvIANDr1inLH7zBImMJj80/bNyKGfg7Heg==" w:salt="Ei29iv2a5Zuu+zUjCiLIJg=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FC563E"/>
     <w:rsid w:val="00025506"/>
     <w:rsid w:val="00047B0C"/>
     <w:rsid w:val="000A07E1"/>
     <w:rsid w:val="000A3B5C"/>
     <w:rsid w:val="000C7FB1"/>
     <w:rsid w:val="000D1A78"/>
     <w:rsid w:val="000F7550"/>
     <w:rsid w:val="00100E86"/>
     <w:rsid w:val="00101B51"/>
     <w:rsid w:val="001B0262"/>
     <w:rsid w:val="001B0E75"/>
+    <w:rsid w:val="001B1F2C"/>
     <w:rsid w:val="001E4896"/>
     <w:rsid w:val="00200B15"/>
     <w:rsid w:val="002034AA"/>
     <w:rsid w:val="002110AD"/>
     <w:rsid w:val="00212A83"/>
     <w:rsid w:val="00222DC2"/>
     <w:rsid w:val="002B461A"/>
     <w:rsid w:val="002C11F3"/>
     <w:rsid w:val="002D77FD"/>
     <w:rsid w:val="002E20F0"/>
     <w:rsid w:val="003B1F40"/>
     <w:rsid w:val="003C19EC"/>
     <w:rsid w:val="003F28EE"/>
     <w:rsid w:val="003F2BE3"/>
     <w:rsid w:val="00401646"/>
     <w:rsid w:val="00421A22"/>
     <w:rsid w:val="00481BA2"/>
     <w:rsid w:val="005515FA"/>
     <w:rsid w:val="005D3FB1"/>
     <w:rsid w:val="005E6F74"/>
     <w:rsid w:val="005F2677"/>
     <w:rsid w:val="00633B78"/>
     <w:rsid w:val="0063460C"/>
     <w:rsid w:val="0063554B"/>
     <w:rsid w:val="00652BD4"/>
@@ -7715,69 +7506,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56933380-8C91-4684-9150-1C9BFAC73D38}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>KIGAKOPF</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>292</Words>
-  <Characters>1604</Characters>
+  <Words>285</Words>
+  <Characters>1577</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1893</CharactersWithSpaces>
+  <CharactersWithSpaces>1859</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gemeinde Reichertshausen</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>